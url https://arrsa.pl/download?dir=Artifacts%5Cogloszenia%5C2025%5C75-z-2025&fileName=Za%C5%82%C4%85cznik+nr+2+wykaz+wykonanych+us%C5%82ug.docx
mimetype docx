--- v0 (2025-11-30)
+++ v1 (2026-02-11)
@@ -229,64 +229,50 @@
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>W ZAKRESIE ŚWIDCZENIA OBSŁUGI KSIĘGOWEJ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B13E799" w14:textId="77777777" w:rsidR="0097628B" w:rsidRPr="00143639" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00143639">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(załącznik do oferty)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A8C5E7" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="46BD0948" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>OFERENT:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D19EB3E" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B"/>
     <w:p w14:paraId="46628C6E" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="22"/>
@@ -523,130 +509,146 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="284BD4B9" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:ind w:left="2160" w:right="33" w:hanging="2160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="002C7F86" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:ind w:left="2160" w:right="21" w:hanging="2160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>OŚWIADCZAM(Y), ŻE:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4624E1A4" w14:textId="77777777" w:rsidR="0097628B" w:rsidRPr="00B05E13" w:rsidRDefault="0097628B" w:rsidP="0097628B">
+    <w:p w14:paraId="126E14E3" w14:textId="64F37AF1" w:rsidR="00270818" w:rsidRDefault="0097628B" w:rsidP="00270818">
       <w:pPr>
         <w:pStyle w:val="text"/>
         <w:widowControl/>
         <w:ind w:left="539" w:right="-38" w:hanging="539"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05E13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>wykonałem(wykonaliśmy) następujące usługi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF11FA2" w14:textId="77777777" w:rsidR="0097628B" w:rsidRPr="00B05E13" w:rsidRDefault="0097628B" w:rsidP="0097628B">
+    <w:p w14:paraId="4EC8C517" w14:textId="77777777" w:rsidR="00270818" w:rsidRPr="00B05E13" w:rsidRDefault="00270818" w:rsidP="00662CAA">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
+        <w:widowControl/>
+        <w:ind w:right="-38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF11FA2" w14:textId="77777777" w:rsidR="0097628B" w:rsidRPr="00B05E13" w:rsidRDefault="0097628B" w:rsidP="006E0D7F">
       <w:pPr>
         <w:pStyle w:val="text"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:before="0"/>
         <w:ind w:right="-38"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B05E13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">USŁUGI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00B05E13">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">ezwzględnie wymagane </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE130CD" w14:textId="5D7C3C45" w:rsidR="0097628B" w:rsidRPr="00A427BF" w:rsidRDefault="0097628B" w:rsidP="00A427BF">
+    <w:p w14:paraId="1DE130CD" w14:textId="5D7C3C45" w:rsidR="0097628B" w:rsidRPr="00A427BF" w:rsidRDefault="0097628B" w:rsidP="006E0D7F">
       <w:pPr>
         <w:pStyle w:val="text"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:before="0"/>
         <w:ind w:left="720" w:right="-38"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D35C0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>Posiadane doświadczenie w obsłudze prowadzenia pełnej księgowości spółek kapitałowych</w:t>
       </w:r>
       <w:r w:rsidR="005E38D0" w:rsidRPr="000D35C0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> o kapitale </w:t>
       </w:r>
@@ -657,62 +659,62 @@
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">zakładowym nie mniejszym niż 5 mln. </w:t>
       </w:r>
       <w:r w:rsidRPr="000D35C0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A427BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="1842"/>
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0097628B" w14:paraId="18C3DBB8" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="18C3DBB8" w14:textId="77777777" w:rsidTr="00313658">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="714"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6319F57F" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -779,91 +781,91 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B7434A5" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-130"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9655"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-65" w:right="21" w:firstLine="65"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Termin realizacji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="041445BB" w14:textId="46C2BF3F" w:rsidR="0097628B" w:rsidRPr="00840518" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rodzaj dokumentu potwierdzającego wykonanie usługi</w:t>
             </w:r>
             <w:r w:rsidR="00BC14E6">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="118DB08E" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="118DB08E" w14:textId="77777777" w:rsidTr="00313658">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CD0F1F2" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -930,76 +932,76 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23E7D39B" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0FAD972F" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="38C97C26" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="38C97C26" w14:textId="77777777" w:rsidTr="00313658">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03BB0032" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1066,76 +1068,76 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17AEE4F8" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B92C62D" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="3421D3E4" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="3421D3E4" w14:textId="77777777" w:rsidTr="00313658">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24AC8271" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1202,149 +1204,91 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D9169FB" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E9BA54F" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10CAA5FA" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="1101"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494E1A9F" w14:textId="4FD72E4B" w:rsidR="0097628B" w:rsidRPr="004E53E3" w:rsidRDefault="0097628B" w:rsidP="0097628B">
-[...57 lines deleted...]
-    <w:p w14:paraId="5D0DE678" w14:textId="44800DB6" w:rsidR="00242566" w:rsidRDefault="009E3C03" w:rsidP="00242566">
+    <w:p w14:paraId="195AB5A6" w14:textId="110E2820" w:rsidR="00F75D5D" w:rsidRPr="00AF234C" w:rsidRDefault="009E3C03" w:rsidP="00AF234C">
       <w:pPr>
         <w:pStyle w:val="text"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="-38"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D35C0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Posiadane doświadczenie w obsłudze prowadzenia pełnej księgowości </w:t>
       </w:r>
       <w:r w:rsidR="009C0048">
         <w:rPr>
@@ -1352,227 +1296,621 @@
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t>podmiotów działających w obszarze udzielania pożyczek</w:t>
       </w:r>
       <w:r w:rsidR="00242566">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> i/ lub poręczeń w okresie ostatnich 3 lat </w:t>
       </w:r>
       <w:r w:rsidRPr="000D35C0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E95082" w14:textId="77777777" w:rsidR="00242566" w:rsidRPr="00242566" w:rsidRDefault="00242566" w:rsidP="00242566">
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="1842"/>
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0097628B" w14:paraId="2637CA56" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="00F75D5D" w:rsidRPr="00840518" w14:paraId="76A1D1A3" w14:textId="77777777" w:rsidTr="00313658">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="714"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07895E89" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
+          <w:p w14:paraId="5D9A9C25" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BFC5243" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
+          <w:p w14:paraId="0F652CEF" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Podmiot, na rzecz którego zostały wykonane usługi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59EC996C" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
+          <w:p w14:paraId="3779791C" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9720"/>
               </w:tabs>
               <w:ind w:right="21"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(nazwa i adres podmiotu zlecającego)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64C6B034" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
+          <w:p w14:paraId="4A27E80F" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-130"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9655"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-65" w:right="21" w:firstLine="65"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Termin realizacji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3562B147" w14:textId="0D41DA01" w:rsidR="0097628B" w:rsidRPr="00840518" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
+          <w:p w14:paraId="77FE6CD3" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRPr="00840518" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:right="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rodzaj dokumentu potwierdzającego wykonanie usługi*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75D5D" w14:paraId="401EE3BC" w14:textId="77777777" w:rsidTr="00313658">
+        <w:trPr>
+          <w:trHeight w:val="210"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38F44523" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E0D315A" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B2AF0CF" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="296507FF" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23F09077" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EE2DC00" w14:textId="77777777" w:rsidR="00F75D5D" w:rsidRDefault="00F75D5D" w:rsidP="00641CA1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74D8E855" w14:textId="6A86E267" w:rsidR="00F75D5D" w:rsidRPr="004E53E3" w:rsidRDefault="00270818" w:rsidP="00F75D5D">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="-38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B05E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>USŁUGI</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75D5D" w:rsidRPr="00B05E13">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dodatkowe:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F75D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75D5D" w:rsidRPr="004E53E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>(oceniane w ramach kryterium – Doświadczenie wykonawcy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058BFAF5" w14:textId="7566E16C" w:rsidR="00AF234C" w:rsidRDefault="00AF234C" w:rsidP="00EF18CF">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
+        <w:widowControl/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="426" w:right="-38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D35C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Posiadane doświadczenie w obsłudze prowadzenia pełnej księgowości </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>podmiotów</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- spółek kapitałowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E4B7DC" w14:textId="77777777" w:rsidR="00EF18CF" w:rsidRPr="00AF234C" w:rsidRDefault="00EF18CF" w:rsidP="00EF18CF">
+      <w:pPr>
+        <w:pStyle w:val="text"/>
+        <w:widowControl/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="426" w:right="-38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="137" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0097628B" w14:paraId="2637CA56" w14:textId="77777777" w:rsidTr="00EF7DA2">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="714"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07895E89" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="00EF18CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="540" w:right="21" w:hanging="540"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BFC5243" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="00EF18CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1020"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:right="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Podmiot, na rzecz którego zostały wykonane usługi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59EC996C" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="00EF18CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="9720"/>
+              </w:tabs>
+              <w:ind w:right="21"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(nazwa i adres podmiotu zlecającego)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64C6B034" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="00EF18CF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-130"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="9655"/>
+              </w:tabs>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-65" w:right="21" w:firstLine="65"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Termin realizacji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3562B147" w14:textId="0D41DA01" w:rsidR="0097628B" w:rsidRPr="00840518" w:rsidRDefault="0097628B" w:rsidP="00EF18CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:right="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rodzaj dokumentu potwierdzającego wykonanie usługi</w:t>
             </w:r>
             <w:r w:rsidR="00AC4E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="4ACD229E" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="4ACD229E" w14:textId="77777777" w:rsidTr="00EF7DA2">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4559FB0A" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1639,76 +1977,76 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7254795A" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DC07173" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="55B93042" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="55B93042" w14:textId="77777777" w:rsidTr="00EF7DA2">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AB5D912" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1775,76 +2113,76 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6815095A" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A14A98D" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097628B" w14:paraId="1DB909C8" w14:textId="77777777" w:rsidTr="007F2DDD">
+      <w:tr w:rsidR="0097628B" w14:paraId="1DB909C8" w14:textId="77777777" w:rsidTr="00EF7DA2">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C7D29FF" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1911,51 +2249,51 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="488AE582" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13938744" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="007F2DDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1020"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="10260"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="540" w:right="21" w:hanging="540"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2068,50 +2406,82 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4E5F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC4E5F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69530EB5" w14:textId="77777777" w:rsidR="00027F71" w:rsidRDefault="00027F71" w:rsidP="0097628B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="72"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02754B62" w14:textId="77777777" w:rsidR="00EF18CF" w:rsidRDefault="00EF18CF" w:rsidP="0097628B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+          <w:tab w:val="left" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="72"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEC994B" w14:textId="77777777" w:rsidR="00EF18CF" w:rsidRDefault="00EF18CF" w:rsidP="0097628B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:right="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A55BD52" w14:textId="411F982F" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="0097628B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:right="72"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2251,78 +2621,78 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>dokument oświadczenia może obejmować wymienienie wszystkie wykazane powyżej usługi</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00815D31" w:rsidRPr="004E53E3" w:rsidSect="00D63795">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="785" w:right="873" w:bottom="426" w:left="935" w:header="122" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="187FB2ED" w14:textId="77777777" w:rsidR="009B38F3" w:rsidRDefault="009B38F3">
+    <w:p w14:paraId="7063FA79" w14:textId="77777777" w:rsidR="0060258C" w:rsidRDefault="0060258C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="741EBA57" w14:textId="77777777" w:rsidR="009B38F3" w:rsidRDefault="009B38F3">
+    <w:p w14:paraId="24A2C722" w14:textId="77777777" w:rsidR="0060258C" w:rsidRDefault="0060258C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -2372,58 +2742,58 @@
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:eastAsia="Candara" w:hAnsi="Candara" w:cs="Candara"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Candara"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F0E1322" w14:textId="77777777" w:rsidR="009B38F3" w:rsidRDefault="009B38F3">
+    <w:p w14:paraId="2EDE5060" w14:textId="77777777" w:rsidR="0060258C" w:rsidRDefault="0060258C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77778515" w14:textId="77777777" w:rsidR="009B38F3" w:rsidRDefault="009B38F3">
+    <w:p w14:paraId="1CF95580" w14:textId="77777777" w:rsidR="0060258C" w:rsidRDefault="0060258C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2208DC80" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="008427E6">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0991FEF6" w14:textId="77777777" w:rsidR="0097628B" w:rsidRDefault="0097628B" w:rsidP="006A6EBC">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:jc w:val="center"/>
@@ -2769,68 +3139,80 @@
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0097628B"/>
     <w:rsid w:val="00027F71"/>
     <w:rsid w:val="000D35C0"/>
     <w:rsid w:val="00101B4F"/>
     <w:rsid w:val="001E0083"/>
     <w:rsid w:val="00242566"/>
+    <w:rsid w:val="00270818"/>
+    <w:rsid w:val="00313658"/>
     <w:rsid w:val="004E53E3"/>
+    <w:rsid w:val="00561528"/>
     <w:rsid w:val="005E38D0"/>
+    <w:rsid w:val="0060258C"/>
+    <w:rsid w:val="00662CAA"/>
+    <w:rsid w:val="006E0D7F"/>
     <w:rsid w:val="00782167"/>
     <w:rsid w:val="00815D31"/>
     <w:rsid w:val="009521CD"/>
     <w:rsid w:val="0097628B"/>
     <w:rsid w:val="009B38F3"/>
     <w:rsid w:val="009C0048"/>
     <w:rsid w:val="009E3C03"/>
     <w:rsid w:val="00A13F55"/>
     <w:rsid w:val="00A427BF"/>
+    <w:rsid w:val="00AC33C4"/>
     <w:rsid w:val="00AC4E5F"/>
+    <w:rsid w:val="00AF234C"/>
     <w:rsid w:val="00BC14E6"/>
+    <w:rsid w:val="00BF6BF8"/>
     <w:rsid w:val="00C97C6C"/>
     <w:rsid w:val="00D2531B"/>
     <w:rsid w:val="00DF39A8"/>
     <w:rsid w:val="00E87B83"/>
     <w:rsid w:val="00EC4ED3"/>
+    <w:rsid w:val="00EF18CF"/>
+    <w:rsid w:val="00EF7DA2"/>
+    <w:rsid w:val="00F75D5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B8CEAB6"/>
@@ -3646,55 +4028,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1242</Characters>
+  <Pages>2</Pages>
+  <Words>245</Words>
+  <Characters>1473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1447</CharactersWithSpaces>
+  <CharactersWithSpaces>1715</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Elżbieta Szczerba</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>